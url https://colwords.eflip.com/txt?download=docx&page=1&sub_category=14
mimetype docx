--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Pain(33 words)</w:t>
+        <w:t>Bad Pain(34 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>afflicted </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Suffering from a serious problem, illness, or pain, be it mental or physical.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>affliction </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Something that causes pain or suffering.</w:t>
       </w:r>
     </w:p>
@@ -90,95 +90,83 @@
       <w:r>
         <w:t> (noun) - A feeling of deep anxiety or dread, typically an unfocused one about the human condition or the state of the world in general</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>anguish </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Severe mental or physical pain or suffering</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bruise </w:t>
       </w:r>
       <w:r>
-        <w:t> (verb) - To hurt someone emotionally or physically, leaving a lasting feeling of pain or vulnerability.</w:t>
+        <w:t> (noun) - A dark mark on the skin caused by injury or damage.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>burden </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - something you carry or withstand with much difficulty.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>cramps </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A painful, involuntary contraction of muscles</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>degenerate </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>exasperating </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Intensely irritating; infuriating</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>excruciating </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Intensely painful</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>exile </w:t>
@@ -207,50 +195,62 @@
         </w:rPr>
         <w:t>grueling </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Extremely tiring and demanding</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hardship </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Severe suffering or difficulty caused by lack of necessities like food, money, or shelter.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>humbling </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Causing someone to feel less important or proud, often by emphasizing their limitations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>humiliated </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - To feel ashamed after someone embarrasses you in front of others. </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>impoverished </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Very poor.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inflammation </w:t>
@@ -267,98 +267,98 @@
         </w:rPr>
         <w:t>ordeal </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A painful or horrific experience, especially a protracted one</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pang </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sudden sharp pain or painful emotion</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>peeve </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A cause of annoyance</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>plague </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cause constant worry, annoyance, or distress, often by repeatedly confronting someone with problems or challenges.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>plight </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A difficult or unfortunate situation, often one that involves hardship or adversity.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>shackles </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A device, such as a chain or cuff, designed to physically limit or control a person or thing's movement.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>standstill </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>strenuous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Requiring great effort, energy, or strength, needing vigorous or intense in activity or action.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>throes </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Intense or violent pain and struggle, especially accompanying birth, death, or great change</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>torment </w:t>
@@ -367,50 +367,62 @@
         <w:t> (noun) - Severe physical or mental suffering</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>torment </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Cause to experience severe mental or physical suffering</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>tragic </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Something very sad often involving suffering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>trauma </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A deeply distressing or disturbing experience, especially one with lasting emotional impact; a psychological or emotional wound, often resulting from an intense or life-threatening event.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>traumatic </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Causing severe and lasting emotional shock and pain.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wince </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To give a slight involuntary grimace or shrinking movement of the body out of or in anticipation of pain or distress</w:t>
       </w:r>