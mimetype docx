--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -7,82 +7,70 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Stupid(70 words)</w:t>
+        <w:t>Bad Stupid(67 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>asinine </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Very stupid or silly</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>asinine </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>bimbo </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - Slang term for someone who is beautiful but not very intelligent.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blabber </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Talk foolishly, mindlessly, or excessively</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>blather </w:t>
@@ -99,98 +87,98 @@
         </w:rPr>
         <w:t>bozo </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A stupid, rude, or insignificant person, especially a man</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>buffoon </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A ridiculous but amusing person; a clown</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>bum </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>bumbling </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Acting in a confused or ineffectual way; incompetent</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>chump </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A foolish or easily deceived person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>clueless </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Lacking knowledge, understanding, or awareness about something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>cockeyed </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Crooked or askew; not level; or an idea that is crazy or foolish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>ditzy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Silly or scatterbrained</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dope </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A stupid person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dork </w:t>
@@ -387,62 +375,50 @@
         </w:rPr>
         <w:t>goon </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A bully or thug, especially one hired to terrorize or do away with opposition</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>gullible </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Easily persuaded to believe something; credulous</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>headstrong </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>hick </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who lives in the country, regarded as being unintelligent or provincial</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hokey </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Mawkishly sentimental</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ignoramus </w:t>
@@ -495,51 +471,51 @@
         </w:rPr>
         <w:t>inept </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having or showing no skill; clumsy</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>irresponsible </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not thinking enough or not worrying about the possible results of what you do</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Jerk </w:t>
+        <w:t>jerk </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A contemptibly obnoxious person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>klutz </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A clumsy, awkward, or foolish person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>knucklehead </w:t>
       </w:r>
@@ -603,50 +579,62 @@
         </w:rPr>
         <w:t>misguided </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having or showing faulty judgment or reasoning.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>moron </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who acts foolishly or shows poor judgment — someone who makes silly or careless mistakes.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>naive </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Too ready to believe someone or something, or to trust that someone's intentions are good, often because of a lack of experience:</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>nincompoop </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A stupid or foolish person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ninny </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A foolish person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>nitwit </w:t>
@@ -699,62 +687,50 @@
         </w:rPr>
         <w:t>pointless </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having no purpose, and is not worth doing</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>preposterous </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Contrary to reason or common sense; utterly absurd or ridiculous.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>regress </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>sap </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is likely to be taken advantage of, and who does not get respect</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scatterbrained </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Disorganized and lacking in concentration.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>schnook </w:t>
@@ -823,55 +799,43 @@
         <w:t> (noun) - Someone who spends a lot of money in a way that wastes it</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>stupidity </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A lack of intelligence or the ability to think and understand clearly.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>sucker </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is easy to fool and cheat.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A person who has been easily fooled or tricked into doing something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>witless </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Stupid, foolish, and showing no intelligence.</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>