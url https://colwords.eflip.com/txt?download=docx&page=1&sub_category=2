--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -7,82 +7,82 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Aggressive(70 words)</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>Bad Aggressive(72 words)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>aggressive </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Ready to attack and behaving in a threatening way.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>allege </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To claim or assert something to be true without proof, often in a legal context.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>arrogant </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>audacity </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Boldness or daring, especially with confident or arrogant disregard for personal safety or conventional thought.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>autocratic </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Demanding total obedience and control, often in a domineering way.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bluster </w:t>
@@ -135,74 +135,74 @@
         </w:rPr>
         <w:t>coerce </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To force an unwilling person to do something by using force or threats.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>confiscate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To take something away from someon, or seize property, as a penalty or punishment.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>conflict </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>crackdown </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A strong or severe enforcement of laws or rules.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>cunning </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - Skill in achieving one's ends by deceit</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>cutthroat </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Competing with each other in overly aggressive ways</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>defiant </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) -  refusing to obey authority, sometimes even to the point of refusing to accept criticism. </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dominate </w:t>
@@ -327,50 +327,62 @@
         </w:rPr>
         <w:t>grab </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To take or seize something quickly or suddenly, often with a strong or swift motion.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hamper </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To restrict the movement of by bonds or obstacles</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>headstrong </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Determined to do as one pleases, even if it’s reckless or unwise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>henchman </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A faithful follower or political supporter, especially one prepared to engage in crime or dishonest practices.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>impinge </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To have an effect or impact on someone; also to gradually take over an area belonging to someone else.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>impose </w:t>
@@ -570,111 +582,123 @@
       <w:r>
         <w:t> (verb) - To take the place of something or someone by acting before they do.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>prowl </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - For an animal or person to move around restlessly and stealthily, especially in search of prey</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>purge </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - The act of getting rid of undesirable things</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>purge </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - To get rid of undesirable things</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>purge </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>pushy </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Acting in a way that is overly eager to advance one’s own interests or opinions, often disregarding others' comfort or boundaries.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>quash </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To reject or void, especially by legal procedure</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>relentless </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - To act intensely and continuously, usually negatively</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>rowdy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Noisy and disorderly</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>savage </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Extremely cruel, violent, and uncontrolled.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scrappy </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Determined, argumentative, or pugnacious</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>shrew </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A woman who is argumentative, nagging, and ill tempered.</w:t>
       </w:r>