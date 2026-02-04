--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Powerless(45 words)</w:t>
+        <w:t>Bad Powerless(44 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>addict </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is physically or mentally dependent on a substance, especially drugs or alcohol.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>beg </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To plead or request strongly due to need or emotion.</w:t>
       </w:r>
     </w:p>
@@ -363,122 +363,122 @@
         </w:rPr>
         <w:t>pander </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To provide what someone wants or demands even though it is not proper, good, or reasonable.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pauper </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A very poor person</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>penniless </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Having no money at all; completely broke.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>plead </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To make an emotional appeal</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pushover </w:t>
       </w:r>
       <w:r>
-        <w:t> (noun) - Someone who is easily persuaded or defeated</w:t>
-[...10 lines deleted...]
-      <w:r>
         <w:t> (noun) - Someone who lacks the ability or inclination to resist, stand firm, or assert themselves.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>relent </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To surrender or agree after resisting or opposing, often due to persuasion, pressure, or changing circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scapegoat </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A person or group who is unfairly blamed for the problems, mistakes, or wrongdoings of others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>scapegoat </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - To unfairly blame someone or something for problems, mistakes, or wrongdoings that are not their fault.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>scapegoat </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>scrounge </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - Seek to obtain (something, typically food or money) at the expense or through the generosity of others or by stealth</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>shorthanded </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Not having the usual or necessary number of workers or helpers to get something done.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>subservient </w:t>
@@ -499,62 +499,50 @@
         <w:t> (noun) - A person with a lower rank or status</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>victim </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who is negatively affected by a situation or condition</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>vulnerable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Open to physical or emotional harm or attack, not protected.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (adjective) - Leaving oneself open to being hurt</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>weary </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Feeling or showing tiredness, especially as a result of excessive exertion or lack of sleep</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>wimp </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A weak and cowardly or unadventurous person</w:t>
       </w:r>