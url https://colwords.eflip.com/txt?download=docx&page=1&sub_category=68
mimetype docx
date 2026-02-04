--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Hurt(45 words)</w:t>
+        <w:t>Bad Hurt(46 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>abuse </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The act of treating someone or something with cruelty, violence, or harshness, often resulting in harm or injury.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>abuse </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To speak to someone in an insulting or offensive way.</w:t>
       </w:r>
     </w:p>
@@ -66,51 +66,51 @@
       <w:r>
         <w:t> (verb) - To hit hard and forcefully</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>brawl </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - To scuffle or fight in a rough, noisy manner.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bruise </w:t>
       </w:r>
       <w:r>
-        <w:t> (noun) - A dark mark on the skin caused by injury or damage.</w:t>
+        <w:t> (verb) - To hurt someone emotionally or physically, leaving a lasting feeling of pain or vulnerability.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>brunt </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The worst part or chief impact of a specified thing</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>brutal </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Savagely violent</w:t>
       </w:r>
@@ -318,87 +318,99 @@
       <w:r>
         <w:t> (adjective) - Very embarrassed</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mutilate </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To damage something severely</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>prey </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - An animal that is hunted and killed by another for food</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>prey </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Hunt and kill for food</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>prey </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>pummel </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To continuously hit something or someone with the fist(s).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>puncture </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A sharp or sudden blow or impact, often causing damage to something like a tire, balloon, or container.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>retreat </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (verb) - To pull back or leave a position, often due to pressure, danger, or the need for rest.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ruffian </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A bully, someone who is violent toward others</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>scald </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To injure with very hot liquid or steam</w:t>
       </w:r>